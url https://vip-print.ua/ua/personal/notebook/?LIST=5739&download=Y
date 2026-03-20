--- v0 (2025-12-17)
+++ v1 (2026-03-20)
@@ -14,89 +14,86 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Default Extension="png" ContentType="image/png"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Контакти:</t>
   </si>
   <si>
     <t>сайт</t>
   </si>
   <si>
     <t>vip-print.ua</t>
   </si>
   <si>
     <t>тел.</t>
   </si>
   <si>
     <t>(044) 290-19-42 / 0-800-50-777-8</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>druk@vip-print.ua</t>
   </si>
   <si>
     <t>Аркуш</t>
   </si>
   <si>
-    <t>Входящие</t>
-[...1 lines deleted...]
-  <si>
     <t>Посилання</t>
   </si>
   <si>
     <t>Громадський доступ до аркуша закрито</t>
   </si>
   <si>
     <t>Файл сформований:</t>
   </si>
   <si>
-    <t xml:space="preserve">17.12.2025 06:38:46 </t>
+    <t xml:space="preserve">20.03.2026 11:15:37 </t>
   </si>
   <si>
     <t>Увага! Ціни дійсні на день формування цього файлу.</t>
   </si>
   <si>
     <t>Картинка</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Назва товару</t>
   </si>
   <si>
     <t>Мінімально-рекомендоване замовлення, шт</t>
   </si>
   <si>
     <t>Ваша ціна товару, грн</t>
   </si>
   <si>
     <t>Акція</t>
   </si>
   <si>
     <t>Базова ціна товару, грн</t>
   </si>
@@ -953,174 +950,172 @@
       <c r="I5" s="50"/>
       <c r="J5" s="50"/>
       <c r="K5" s="50"/>
       <c r="L5" s="50"/>
       <c r="M5" s="51"/>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="40"/>
       <c r="B6" s="41"/>
       <c r="C6" s="41"/>
       <c r="D6" s="41"/>
       <c r="E6" s="41"/>
       <c r="F6" s="38"/>
       <c r="G6" s="41"/>
       <c r="H6" s="41"/>
       <c r="I6" s="41"/>
       <c r="J6" s="41"/>
       <c r="K6" s="41"/>
       <c r="L6" s="41"/>
       <c r="M6" s="42"/>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B7" s="43"/>
       <c r="C7" s="44"/>
       <c r="D7" s="44"/>
       <c r="E7" s="44"/>
       <c r="F7" s="24"/>
       <c r="G7" s="44"/>
       <c r="H7" s="44"/>
       <c r="I7" s="44"/>
       <c r="J7" s="44"/>
       <c r="K7" s="44"/>
       <c r="L7" s="44"/>
       <c r="M7" s="45"/>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="2" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B8" s="22" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="C8" s="23"/>
       <c r="D8" s="23"/>
       <c r="E8" s="23"/>
       <c r="F8" s="24"/>
       <c r="G8" s="23"/>
       <c r="H8" s="23"/>
       <c r="I8" s="23"/>
       <c r="J8" s="23"/>
       <c r="K8" s="23"/>
       <c r="L8" s="23"/>
       <c r="M8" s="25"/>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="2" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B9" s="26" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C9" s="27"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="24"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="27"/>
       <c r="M9" s="28"/>
     </row>
     <row r="10" spans="1:13" customHeight="1" ht="15">
       <c r="A10" s="52" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B10" s="53"/>
       <c r="C10" s="53"/>
       <c r="D10" s="53"/>
       <c r="E10" s="53"/>
       <c r="F10" s="53"/>
       <c r="G10" s="53"/>
       <c r="H10" s="53"/>
       <c r="I10" s="53"/>
       <c r="J10" s="53"/>
       <c r="K10" s="53"/>
       <c r="L10" s="53"/>
       <c r="M10" s="54"/>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="29"/>
       <c r="B11" s="30"/>
       <c r="C11" s="30"/>
       <c r="D11" s="30"/>
       <c r="E11" s="30"/>
       <c r="F11" s="24"/>
       <c r="G11" s="30"/>
       <c r="H11" s="30"/>
       <c r="I11" s="30"/>
       <c r="J11" s="30"/>
       <c r="K11" s="30"/>
       <c r="L11" s="30"/>
       <c r="M11" s="31"/>
     </row>
     <row r="12" spans="1:13" customHeight="1" ht="76.5">
       <c r="A12" s="12" t="s">
+        <v>13</v>
+      </c>
+      <c r="B12" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="B12" s="12" t="s">
+      <c r="C12" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="C12" s="12" t="s">
+      <c r="D12" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="D12" s="12" t="s">
+      <c r="E12" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="E12" s="13" t="s">
+      <c r="F12" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="F12" s="12" t="s">
+      <c r="G12" s="14" t="s">
         <v>19</v>
       </c>
-      <c r="G12" s="14" t="s">
+      <c r="H12" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="H12" s="12" t="s">
+      <c r="I12" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="I12" s="12" t="s">
+      <c r="J12" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="J12" s="12" t="s">
+      <c r="K12" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="K12" s="12" t="s">
+      <c r="L12" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="L12" s="12" t="s">
+      <c r="M12" s="12" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:13" customHeight="1" ht="96.95">
       <c r="A13" s="7"/>
       <c r="B13" s="15"/>
       <c r="C13" s="15"/>
       <c r="D13" s="16"/>
       <c r="E13" s="17"/>
       <c r="F13" s="21"/>
       <c r="G13" s="18"/>
       <c r="H13" s="19"/>
       <c r="I13" s="15"/>
       <c r="J13" s="15"/>
       <c r="K13" s="19"/>
       <c r="L13" s="15"/>
       <c r="M13" s="20"/>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="7"/>
       <c r="B14" s="15"/>
       <c r="C14" s="15"/>
       <c r="D14" s="16"/>
       <c r="E14" s="17"/>
       <c r="F14" s="21"/>
       <c r="G14" s="18"/>