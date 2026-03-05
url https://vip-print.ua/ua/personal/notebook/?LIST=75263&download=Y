--- v0 (2025-10-20)
+++ v1 (2026-03-05)
@@ -52,51 +52,51 @@
   <si>
     <t>(044) 290-19-42 / 0-800-50-777-8</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>druk@vip-print.ua</t>
   </si>
   <si>
     <t>Аркуш</t>
   </si>
   <si>
     <t>Входящие</t>
   </si>
   <si>
     <t>Посилання</t>
   </si>
   <si>
     <t>Громадський доступ до аркуша закрито</t>
   </si>
   <si>
     <t>Файл сформований:</t>
   </si>
   <si>
-    <t xml:space="preserve">20.10.2025 03:16:52 </t>
+    <t xml:space="preserve">05.03.2026 10:18:35 </t>
   </si>
   <si>
     <t>Увага! Ціни дійсні на день формування цього файлу.</t>
   </si>
   <si>
     <t>Картинка</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Назва товару</t>
   </si>
   <si>
     <t>Мінімально-рекомендоване замовлення, шт</t>
   </si>
   <si>
     <t>Ваша ціна товару, грн</t>
   </si>
   <si>
     <t>Акція</t>
   </si>
   <si>
     <t>Базова ціна товару, грн</t>
   </si>