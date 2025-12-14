--- v0 (2025-10-23)
+++ v1 (2025-12-14)
@@ -52,51 +52,51 @@
   <si>
     <t>(044) 290-19-42 / 0-800-50-777-8</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>druk@vip-print.ua</t>
   </si>
   <si>
     <t>Аркуш</t>
   </si>
   <si>
     <t>Входящие</t>
   </si>
   <si>
     <t>Посилання</t>
   </si>
   <si>
     <t>Громадський доступ до аркуша закрито</t>
   </si>
   <si>
     <t>Файл сформований:</t>
   </si>
   <si>
-    <t xml:space="preserve">23.10.2025 10:15:26 </t>
+    <t xml:space="preserve">14.12.2025 08:02:06 </t>
   </si>
   <si>
     <t>Увага! Ціни дійсні на день формування цього файлу.</t>
   </si>
   <si>
     <t>Картинка</t>
   </si>
   <si>
     <t>Код товару</t>
   </si>
   <si>
     <t>Назва товару</t>
   </si>
   <si>
     <t>Мінімально-рекомендоване замовлення, шт</t>
   </si>
   <si>
     <t>Ваша ціна товару, грн</t>
   </si>
   <si>
     <t>Акція</t>
   </si>
   <si>
     <t>Базова ціна товару, грн</t>
   </si>